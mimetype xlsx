--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,5811</t>
+    <t>9,0918</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0363</t>
+    <t>5,3361</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,0726</t>
+    <t>10,6721</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,7264</t>
+    <t>13,4838</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,6223</t>
+    <t>12,314</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,4915</t>
+    <t>10,0564</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,4625</t>
+    <t>5,7876</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>16,4649</t>
+    <t>17,4448</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,23</t>
+    <t>5,5413</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,2663</t>
+    <t>10,8774</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,5593</t>
+    <t>14,3663</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>7,9419</t>
+    <t>8,4146</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,0993</t>
+    <t>3,2837</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9249</t>
+    <t>11,5752</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2034</t>
+    <t>12,9297</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,2349</t>
+    <t>11,9035</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,3341</t>
+    <t>15,1873</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1186</t>
+    <t>3,3043</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,1646</t>
+    <t>4,4125</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>114,2857</t>
+    <t>121,0877</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,5545</t>
+    <t>8,0041</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,2639</t>
+    <t>7,6963</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,308</t>
+    <t>8,8025</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,586</t>
+    <t>6,9779</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6489</t>
+    <t>4,9256</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0048</t>
+    <t>6,3622</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,6659</t>
+    <t>18,7173</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,4867</t>
+    <t>3,6942</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>6,9734</t>
+    <t>7,3884</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>11,9516</t>
+    <t>12,6629</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,9128</t>
+    <t>4,1457</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,1671</t>
+    <t>7,5936</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,046</t>
+    <t>18,0605</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,3293</t>
+    <t>8,825</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,8789</t>
+    <t>10,4669</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,9056</t>
+    <t>11,5546</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8063</t>
+    <t>8,2709</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1041</t>
+    <t>9,646</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,2397</t>
+    <t>18,2658</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,6538</t>
+    <t>11,2878</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,7167</t>
+    <t>9,2355</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,5908</t>
+    <t>13,3402</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,4939</t>
+    <t>13,2376</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3245</t>
+    <t>2,4628</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,6271</t>
+    <t>10,2001</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,4964</t>
+    <t>16,4187</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,2082</t>
+    <t>19,2919</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,7482</t>
+    <t>8,2093</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,322</t>
+    <t>16,234</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,0412</t>
+    <t>11,6983</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,1985</t>
+    <t>6,5675</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>8,9104</t>
+    <t>9,4407</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,3608</t>
+    <t>7,7989</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>13,9467</t>
+    <t>14,7768</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,0581</t>
+    <t>8,5377</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,3559</t>
+    <t>9,9128</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>8,8523</t>
+    <t>9,3792</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>11,816</t>
+    <t>12,5192</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,5206</t>
+    <t>14,3253</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,0678</t>
+    <t>4,3099</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,2978</t>
+    <t>9,8512</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>6,7797</t>
+    <t>7,1832</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,4237</t>
+    <t>5,7465</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>10,46</t>
+    <t>11,0826</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,2446</t>
+    <t>24,628</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,4407</t>
+    <t>19,5382</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,6877</t>
+    <t>4,9666</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,6053</t>
+    <t>23,9507</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,293</t>
+    <t>3,489</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,7845</t>
+    <t>13,5454</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3027</t>
+    <t>7,7373</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,4334</t>
+    <t>18,471</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,3656</t>
+    <t>14,1611</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,8426</t>
+    <t>5,1308</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,3923</t>
+    <t>6,7727</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,0436</t>
+    <t>14,8794</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,6804</t>
+    <t>3,8994</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,4286</t>
+    <t>12,1088</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>24,9879</t>
+    <t>26,4751</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5085</t>
+    <t>6,8958</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,8475</t>
+    <t>11,4931</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,0315</t>
+    <t>7,45</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,6998</t>
+    <t>12,3961</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,5932</t>
+    <t>16,5213</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,753</t>
+    <t>14,5716</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,2494</t>
+    <t>14,038</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,4746</t>
+    <t>13,217</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>12,9782</t>
+    <t>13,7506</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4552</t>
+    <t>4,7204</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5496</t>
+    <t>1,6419</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,3705</t>
+    <t>20,5233</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,2155</t>
+    <t>20,3592</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,1574</t>
+    <t>11,8214</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>