--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -12,1505 +12,1502 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>9,0918</t>
+    <t>9,0872</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,3361</t>
+    <t>5,3333</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,6721</t>
+    <t>10,6667</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>13,4838</t>
+    <t>13,4769</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>12,314</t>
+    <t>12,3077</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>10,0564</t>
+    <t>10,0513</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,7876</t>
+    <t>5,7846</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>17,4448</t>
+    <t>17,4359</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,5413</t>
+    <t>5,5385</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,8774</t>
+    <t>10,8718</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>14,3663</t>
+    <t>14,359</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>8,4146</t>
+    <t>8,4103</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,2837</t>
+    <t>3,2821</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>11,5752</t>
+    <t>11,5692</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,9297</t>
+    <t>12,9231</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,9035</t>
+    <t>11,8974</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>15,1873</t>
+    <t>15,1795</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,3043</t>
+    <t>3,3026</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,4125</t>
+    <t>4,4103</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>121,0877</t>
+    <t>121,0256</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>8,0041</t>
-[...1 lines deleted...]
-  <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,6963</t>
+    <t>7,6923</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,8025</t>
+    <t>8,7979</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,9779</t>
+    <t>6,9744</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,9256</t>
+    <t>4,9231</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,3622</t>
+    <t>6,359</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>18,7173</t>
+    <t>18,7077</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,6942</t>
+    <t>3,6923</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,3884</t>
+    <t>7,3846</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,6629</t>
+    <t>12,6564</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>4,1457</t>
+    <t>4,1436</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,5936</t>
+    <t>7,5897</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>18,0605</t>
+    <t>18,0513</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,825</t>
+    <t>8,8205</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>10,4669</t>
+    <t>10,4615</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>11,5546</t>
+    <t>11,5487</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>8,2709</t>
+    <t>8,2667</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,646</t>
+    <t>9,641</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>18,2658</t>
+    <t>18,2564</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>11,2878</t>
+    <t>11,2821</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>9,2355</t>
+    <t>9,2308</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>13,3402</t>
+    <t>13,3333</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>13,2376</t>
+    <t>13,2308</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,4628</t>
+    <t>2,4615</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>10,2001</t>
+    <t>10,1949</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>16,4187</t>
+    <t>16,4103</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>19,2919</t>
+    <t>19,2821</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>8,2093</t>
+    <t>8,2051</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>16,234</t>
+    <t>16,2256</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
-    <t>11,6983</t>
+    <t>11,6923</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Endonezya</t>
   </si>
   <si>
-    <t>6,5675</t>
+    <t>6,5641</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>İrlanda</t>
   </si>
   <si>
-    <t>9,4407</t>
+    <t>9,4359</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>İsrail</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Hindistan</t>
   </si>
   <si>
     <t>IQ</t>
   </si>
   <si>
     <t>Irak</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>İran, İslam Cumhuriyeti</t>
   </si>
   <si>
     <t>IS</t>
   </si>
   <si>
     <t>İzlanda</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>İtalya</t>
   </si>
   <si>
-    <t>7,7989</t>
+    <t>7,7949</t>
   </si>
   <si>
     <t>JM</t>
   </si>
   <si>
     <t>Jamaika</t>
   </si>
   <si>
     <t>JO</t>
   </si>
   <si>
     <t>Ürdün</t>
   </si>
   <si>
-    <t>14,7768</t>
+    <t>14,7692</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Japonya</t>
   </si>
   <si>
     <t>KE</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KG</t>
   </si>
   <si>
     <t>Kırgızistan</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Kamboçya</t>
   </si>
   <si>
-    <t>8,5377</t>
+    <t>8,5333</t>
   </si>
   <si>
     <t>KI</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
-    <t>9,9128</t>
+    <t>9,9077</t>
   </si>
   <si>
     <t>KM</t>
   </si>
   <si>
     <t>Komorlar</t>
   </si>
   <si>
-    <t>9,3792</t>
+    <t>9,3744</t>
   </si>
   <si>
     <t>KN</t>
   </si>
   <si>
     <t>Saint Kitts ve Nevis</t>
   </si>
   <si>
-    <t>12,5192</t>
+    <t>12,5128</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Kore Demokratik Halk Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,3253</t>
+    <t>14,3179</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kore Cumhuriyeti</t>
   </si>
   <si>
-    <t>4,3099</t>
+    <t>4,3077</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Kuveyt</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>Cayman Adaları</t>
   </si>
   <si>
     <t>LA</t>
   </si>
   <si>
     <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
     <t>Lübnan</t>
   </si>
   <si>
     <t>LC</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>LI</t>
   </si>
   <si>
     <t>Lihtenştayn</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>9,8512</t>
+    <t>9,8462</t>
   </si>
   <si>
     <t>LR</t>
   </si>
   <si>
     <t>Liberya</t>
   </si>
   <si>
     <t>LS</t>
   </si>
   <si>
     <t>Lesotho</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Litvanya</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Lüksemburg</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Letonya</t>
   </si>
   <si>
-    <t>7,1832</t>
+    <t>7,1795</t>
   </si>
   <si>
     <t>LY</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Monako</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Moldova, Cumhuriyeti</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Karadağ</t>
   </si>
   <si>
-    <t>5,7465</t>
+    <t>5,7436</t>
   </si>
   <si>
     <t>MG</t>
   </si>
   <si>
     <t>Madagaskar</t>
   </si>
   <si>
-    <t>11,0826</t>
+    <t>11,0769</t>
   </si>
   <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>24,628</t>
+    <t>24,6154</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>19,5382</t>
+    <t>19,5282</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,9666</t>
+    <t>4,9641</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>23,9507</t>
+    <t>23,9385</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,489</t>
+    <t>3,4872</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>13,5454</t>
+    <t>13,5385</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,7373</t>
+    <t>7,7333</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>18,471</t>
+    <t>18,4615</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>14,1611</t>
+    <t>14,1538</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>5,1308</t>
+    <t>5,1282</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,7727</t>
+    <t>6,7692</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,8794</t>
+    <t>14,8718</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,8994</t>
+    <t>3,8974</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>12,1088</t>
+    <t>12,1026</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>26,4751</t>
+    <t>26,4615</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,8958</t>
+    <t>6,8923</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>11,4931</t>
+    <t>11,4872</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,45</t>
+    <t>7,4462</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>12,3961</t>
+    <t>12,3897</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>16,5213</t>
+    <t>16,5128</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>14,5716</t>
+    <t>14,5641</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>14,038</t>
+    <t>14,0308</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>13,217</t>
+    <t>13,2103</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,7506</t>
+    <t>13,7436</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,7204</t>
+    <t>4,7179</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,6419</t>
+    <t>1,641</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>20,5233</t>
+    <t>20,5128</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1544,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>20,3592</t>
+    <t>20,3487</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,8214</t>
+    <t>11,8154</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>
@@ -2441,2558 +2438,2558 @@
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D36" s="0" t="s">
-        <v>94</v>
+      <c r="D36" s="0">
+        <v>8</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D69" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="C83" s="0" t="s">
-[...3 lines deleted...]
-        <v>94</v>
+      <c r="D83" s="0">
+        <v>8</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="C85" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" s="0" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C86" s="0" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C87" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C87" s="0" t="s">
+      <c r="D87" s="0" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C88" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="C88" s="0" t="s">
+      <c r="D88" s="0" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C90" s="0" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C91" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C92" s="0" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C93" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C93" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C95" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="C95" s="0" t="s">
+      <c r="D95" s="0" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="C98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="0" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C100" s="0" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C101" s="0" t="s">
+      <c r="D101" s="0" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C102" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="C102" s="0" t="s">
+      <c r="D102" s="0" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C103" s="0" t="s">
+      <c r="D103" s="0" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="C104" s="0" t="s">
+      <c r="D104" s="0" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C105" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="D105" s="0" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C106" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C106" s="0" t="s">
+      <c r="D106" s="0" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="C107" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="C107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="C110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C113" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="C113" s="0" t="s">
+      <c r="D113" s="0" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C114" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C114" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="C115" s="0" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C116" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D116" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C117" s="0" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C118" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C118" s="0" t="s">
+      <c r="D118" s="0" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C119" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C119" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" s="0" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C120" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C120" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C121" s="0" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="C122" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D122" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C123" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C123" s="0" t="s">
+      <c r="D123" s="0" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C124" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="D124" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C125" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="C125" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C126" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="C127" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" s="0" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C128" s="0" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="C129" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D129" s="0" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C131" s="0" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C132" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="C132" s="0" t="s">
+      <c r="D132" s="0" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C133" s="0" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>335</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C136" s="0" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C137" s="0" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>342</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>345</v>
       </c>
-      <c r="C139" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" s="0" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C140" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="D141" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="C142" s="0" t="s">
         <v>351</v>
       </c>
-      <c r="C142" s="0" t="s">
+      <c r="D142" s="0" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C143" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>356</v>
       </c>
-      <c r="C144" s="0" t="s">
+      <c r="D144" s="0" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="C145" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="C145" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D145" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="C146" s="0" t="s">
         <v>361</v>
       </c>
-      <c r="C146" s="0" t="s">
+      <c r="D146" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="C147" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="C147" s="0" t="s">
+      <c r="D147" s="0" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C148" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="C148" s="0" t="s">
+      <c r="D148" s="0" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="C149" s="0" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="D149" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C150" s="0" t="s">
         <v>372</v>
       </c>
-      <c r="C150" s="0" t="s">
+      <c r="D150" s="0" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="C151" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="C151" s="0" t="s">
+      <c r="D151" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="C152" s="0" t="s">
         <v>378</v>
       </c>
-      <c r="C152" s="0" t="s">
+      <c r="D152" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="C153" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="C154" s="0" t="s">
         <v>383</v>
       </c>
-      <c r="C154" s="0" t="s">
+      <c r="D154" s="0" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="C156" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="C156" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D156" s="0" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="C157" s="0" t="s">
         <v>390</v>
       </c>
-      <c r="C157" s="0" t="s">
+      <c r="D157" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="C158" s="0" t="s">
         <v>393</v>
       </c>
-      <c r="C158" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C159" s="0" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
+        <v>396</v>
+      </c>
+      <c r="C160" s="0" t="s">
         <v>397</v>
       </c>
-      <c r="C160" s="0" t="s">
+      <c r="D160" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="C161" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C162" s="0" t="s">
         <v>402</v>
       </c>
-      <c r="C162" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D162" s="0" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C163" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" s="0" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C164" s="0" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C165" s="0" t="s">
         <v>408</v>
       </c>
-      <c r="C165" s="0" t="s">
+      <c r="D165" s="0" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C166" s="0" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="D166" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
+        <v>412</v>
+      </c>
+      <c r="C167" s="0" t="s">
         <v>413</v>
       </c>
-      <c r="C167" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D167" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C168" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="C168" s="0" t="s">
+      <c r="D168" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C169" s="0" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="C170" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D170" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C171" s="0" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="C172" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="C173" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="C173" s="0" t="s">
+      <c r="D173" s="0" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
+        <v>428</v>
+      </c>
+      <c r="C174" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="C174" s="0" t="s">
+      <c r="D174" s="0" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="C175" s="0" t="s">
         <v>432</v>
       </c>
-      <c r="C175" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D175" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="C176" s="0" t="s">
         <v>434</v>
       </c>
-      <c r="C176" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C177" s="0" t="s">
         <v>436</v>
       </c>
-      <c r="C177" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" s="0" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C178" s="0" t="s">
         <v>438</v>
       </c>
-      <c r="C178" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="C179" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="C179" s="0" t="s">
+      <c r="D179" s="0" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C180" s="0" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="D180" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
+        <v>444</v>
+      </c>
+      <c r="C181" s="0" t="s">
         <v>445</v>
       </c>
-      <c r="C181" s="0" t="s">
+      <c r="D181" s="0" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C182" s="0" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="C183" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="C183" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D183" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="C184" s="0" t="s">
         <v>452</v>
       </c>
-      <c r="C184" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" s="0" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
+        <v>453</v>
+      </c>
+      <c r="C185" s="0" t="s">
         <v>454</v>
       </c>
-      <c r="C185" s="0" t="s">
+      <c r="D185" s="0" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="C186" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C186" s="0" t="s">
+      <c r="D186" s="0" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="C187" s="0" t="s">
         <v>460</v>
       </c>
-      <c r="C187" s="0" t="s">
+      <c r="D187" s="0" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C188" s="0" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="D188" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="C189" s="0" t="s">
         <v>465</v>
       </c>
-      <c r="C189" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" s="0" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
+        <v>466</v>
+      </c>
+      <c r="C190" s="0" t="s">
         <v>467</v>
       </c>
-      <c r="C190" s="0" t="s">
+      <c r="D190" s="0" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="C191" s="0" t="s">
         <v>470</v>
       </c>
-      <c r="C191" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D191" s="0" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="C192" s="0" t="s">
         <v>472</v>
       </c>
-      <c r="C192" s="0" t="s">
+      <c r="D192" s="0" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="C193" s="0" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D193" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="C194" s="0" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="C195" s="0" t="s">
         <v>479</v>
       </c>
-      <c r="C195" s="0" t="s">
+      <c r="D195" s="0" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C196" s="0" t="s">
         <v>482</v>
       </c>
-      <c r="C196" s="0" t="s">
+      <c r="D196" s="0" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="C197" s="0" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="D197" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="C198" s="0" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C199" s="0" t="s">
         <v>489</v>
       </c>
-      <c r="C199" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="C200" s="0" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="C201" s="0" t="s">
         <v>493</v>
       </c>
-      <c r="C201" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D201" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="C202" s="0" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="C203" s="0" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="D203" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="C204" s="0" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="C205" s="0" t="s">
         <v>501</v>
       </c>
-      <c r="C205" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="C206" s="0" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="D206" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="C207" s="0" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="D207" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C208" s="0" t="s">
         <v>507</v>
       </c>
-      <c r="C208" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D208" s="0" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="C209" s="0" t="s">
         <v>509</v>
       </c>
-      <c r="C209" s="0" t="s">
+      <c r="D209" s="0" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="C210" s="0" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="C211" s="0" t="s">
         <v>514</v>
       </c>
-      <c r="C211" s="0" t="s">
+      <c r="D211" s="0" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="C212" s="0" t="s">
         <v>517</v>
       </c>
-      <c r="C212" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D212" s="0" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="C213" s="0" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D213" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="C214" s="0" t="s">
         <v>521</v>
       </c>
-      <c r="C214" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D214" s="0" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="C215" s="0" t="s">
         <v>523</v>
       </c>
-      <c r="C215" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D215" s="0" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">